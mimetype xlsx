--- v0 (2025-12-26)
+++ v1 (2026-03-22)
@@ -93,57 +93,57 @@
   <si>
     <t>Projeto de Lei Ordinária nº 7 de 2025</t>
   </si>
   <si>
     <t>"Cria Área de Urbanização Específica e dá outras providências."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 8 de 2025</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo nº 1 de 2025</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação de Cargos Executivos em Comissão na Administração Municipal, Altera a Estrutura Administrativa e dá outras providências."</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 1 de 2025</t>
   </si>
   <si>
     <t>Antônio,Gerson,Quedes</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Centro de Atendimento ao Cidadão - CAC - no âmbito da Câmara Municipal de São Sebastião da Bela Vista (MG) e dá outras providências."</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 1 de 2025</t>
+    <t>Projeto de Lei Complementar Legislativo nº 1 de 2025</t>
   </si>
   <si>
     <t>"Extingue os Cargos de Oficial Legislativo e Auxiliar de Secretaria Previstos na Lei Municipal nº 982/2007 da Câmara Municipal de São Sebastião da Bela Vista - (MG) e dá outras providências."</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 2 de 2025</t>
+    <t>Projeto de Lei Complementar Legislativo nº 2 de 2025</t>
   </si>
   <si>
     <t>"Cria cargo de Diretor do CAC (Centro Atendimento ao Cidadão) e altera nível de vencimentos do Cargo Chefe de Gabinete na Lei Municipal 982/2007 da Câmara Municipal de São Sebastião da Bela Vista - (MG) e dá outras providências."</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Requerimento Recebido Executivo nº 1 de 2025</t>
   </si>
   <si>
     <t>Requer apreciação em regime de 'Urgência Especial"  os Projetos de Lei nº 01, 02, 03, 04, 05, 06, 07, e nº 08 e PLC nº 01 de 15 de Janeiro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>