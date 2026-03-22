--- v0 (2025-12-27)
+++ v1 (2026-03-22)
@@ -63,60 +63,60 @@
   <si>
     <t>"Dispõe sobre a Aprovação do Loteamento 'Bela Vista Business Park' e dá outras providências."</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 9 de 2025</t>
   </si>
   <si>
     <t>"Autoriza o Município de São Sebastião da Bela Vista/MG a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de Crédito com outorga de garantia e dá outras providências."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1 de 2025</t>
   </si>
   <si>
     <t>"Dispõe sobre Projeto de Emenda à Lei Orgânica (E.L.O.)."</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo nº 1 de 2025</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação de Cargos Executivos em Comissão na Administração Municipal, Altera a Estrutura Administrativa e dá outras providências."</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 1 de 2025</t>
+    <t>Projeto de Lei Complementar Legislativo nº 1 de 2025</t>
   </si>
   <si>
     <t>Antônio,Gerson,Quedes</t>
   </si>
   <si>
     <t>"Extingue os Cargos de Oficial Legislativo e Auxiliar de Secretaria Previstos na Lei Municipal nº 982/2007 da Câmara Municipal de São Sebastião da Bela Vista - (MG) e dá outras providências."</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 2 de 2025</t>
+    <t>Projeto de Lei Complementar Legislativo nº 2 de 2025</t>
   </si>
   <si>
     <t>"Cria cargo de Diretor do CAC (Centro Atendimento ao Cidadão) e altera nível de vencimentos do Cargo Chefe de Gabinete na Lei Municipal 982/2007 da Câmara Municipal de São Sebastião da Bela Vista - (MG) e dá outras providências."</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ata Reunião Extraordinária nº 1 de 2025</t>
   </si>
   <si>
     <t>Ata da Reunião Extraordinária nº 01/2025, da Câmara Municipal de São Sebastião da Bela Vista, realizada em 21/01/2025.</t>
   </si>
   <si>
     <t>Requerimento Recebido Executivo nº 2 de 2025</t>
   </si>
   <si>
     <t>Requer apreciação em segunda votação dos PLO nº 01/2025 e  PLC nº 01/2025, do Executivo, em regime de "Urgência Especial" ainda no mês corrente de Janeiro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">