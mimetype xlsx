--- v0 (2025-11-10)
+++ v1 (2026-02-04)
@@ -63,51 +63,51 @@
   <si>
     <t>"DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2026-2029 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 66 de 2025</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO SEBASTIÃO DA BELA VISTA PARA O EXERCÍCIO FINANCEIRO DE 2026."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 67 de 2025</t>
   </si>
   <si>
     <t>"Denomina as Ruas do Bairro Vitoca I e dá outras providências."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 68 de 2025</t>
   </si>
   <si>
     <t>" Retifica a denominação das Ruas do Bairro Vitoca III e dá outras providências."</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 4 de 2025</t>
+    <t>Projeto de Lei Complementar Legislativo nº 4 de 2025</t>
   </si>
   <si>
     <t>Antônio,Gerson,Quedes</t>
   </si>
   <si>
     <t>"Altera os níveis de vencimentos dos cargos de Assistente Legislativo e Agente de Divisão no Quadro Pessoal da Câmara Municipal de São Sebastião da Bela Vista e dá outras providências."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 62 de 2025</t>
   </si>
   <si>
     <t>"Aprova o Loteamento "Recanto Feliz" e dá outras providências."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 64 de 2025</t>
   </si>
   <si>
     <t>"Altera os artigos 11 e 12 da Lei 637/97 e dá outras providências."</t>
   </si>
   <si>
     <t>Moção de Pesar nº 23 de 2025</t>
   </si>
   <si>
     <t>Franciele</t>
   </si>
@@ -452,51 +452,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="38.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="48.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="167" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>